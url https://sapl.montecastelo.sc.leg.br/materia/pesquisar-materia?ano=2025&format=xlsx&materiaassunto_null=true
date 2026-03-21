--- v0 (2025-12-06)
+++ v1 (2026-03-21)
@@ -54,778 +54,778 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/36/plo_18-2025_-_fundo_habitacao.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/36/plo_18-2025_-_fundo_habitacao.pdf</t>
   </si>
   <si>
     <t>"CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL – FMHIS DO MUNICÍPIO DE MONTE CASTELO, INSTITUI O SEU CONSELHO GESTOR E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE FRAÇÃO DE BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/38/plo_30-2025_-_abertura_credito.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/38/plo_30-2025_-_abertura_credito.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO EXECUTIVO A PROMOVER ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICIPIO E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/39/plo_31-2025_-_conselho_economico.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/39/plo_31-2025_-_conselho_economico.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/40/plo_32-2025_-_abertura_credito.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/40/plo_32-2025_-_abertura_credito.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE UM CRÉDITO SUPLEMENTAR NO ORÇAMENTO GERAL DA PREFEITURA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/42/plo_33-2025_-_altera_lei_apae.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/42/plo_33-2025_-_altera_lei_apae.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 14 E 16 DA LEI MUNICIPAL N° 2.817, DE 28 DE ABRIL DE 2025, QUE "DISPÕE SOBRE A PARCERIA COM A АРАЕ", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/43/plo_34-2025_-_institui_ppa.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/43/plo_34-2025_-_institui_ppa.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO PLURIANUAL DO MUNICÍPIO DE MONTE CASTELO PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/44/plo_35-2025_-_legislativo_plo_03_-_revoga_lei_covid1.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/44/plo_35-2025_-_legislativo_plo_03_-_revoga_lei_covid1.pdf</t>
   </si>
   <si>
     <t>“REVOGA A LEI ORDINÁRIA MUNICIPAL N. 2.795/25 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/45/plo_36-2025_-_abertura_credito_adicional.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/45/plo_36-2025_-_abertura_credito_adicional.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO EXECUTIVO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/46/plo_37-2025_-_concessao_de_incentivos.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/46/plo_37-2025_-_concessao_de_incentivos.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS E DE ESTÍMULOS ECONÔMICOS PARA EMPREENDIMENTOS ECONOMICOS PARA EMPREENDIMENTOS QUE VENHAM A SE ESTABELECER NO MUNICÍPIO DE MONTE CASTELO E DA OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DENOMINAÇÃO DE VIA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/48/plo_39-2025_-_ubs-pa.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/48/plo_39-2025_-_ubs-pa.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CONCESSÃO DO SERVIÇO PÚBLICO DE SAUDE DA UNIDADE BÁSICA DE SAÚDE E PRONTO ATENDIMENTO "HÉLIO ANJOS ORTIZ", DOS_x000D_
 SERVIÇOS DE PRONTO ATENDIMENTO ASSIM COMO A CONCESSÃO PÚBLICA DO IMÓVEL E EQUIPAMENTOS EXISTENTES NO LOCAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/49/plo_40-2025_-_abertura_credito.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/49/plo_40-2025_-_abertura_credito.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/50/plo_41-2025_-_desapropriacao_amigavel.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/50/plo_41-2025_-_desapropriacao_amigavel.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A DESAPROPRIAÇÃO AMIGÁVEL OU JUDICIAL DE IMÓVEL URBANO SEM BENFEITORIAS, PARA A EDIFICAÇÃO DE UMA ARENA MULTIUSO DE INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/51/plo_42-2025_-_cultura.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/51/plo_42-2025_-_cultura.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE POLÍTICA CULTURAL, INSTITUI O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL, CRIA O FUNDO MUNICIPAL DE CULTURA DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/52/plo_43-2025_-_bolsa-auxilio.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/52/plo_43-2025_-_bolsa-auxilio.pdf</t>
   </si>
   <si>
     <t>"REAJUSTA O VALOR DAS BOLSAS-AUXÍLIO DE ESTÁGIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO E RECEBIMENTO DE PATROCÍNIO NO ÂMBITO DO MUNICÍPIO DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/59/plo_45-2025_-_brde_estrada_boa_rural.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/59/plo_45-2025_-_brde_estrada_boa_rural.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITО СОМ О ВANCO REGIONAL DE DESENVOLVIMENTO DO EXTREMO SUL BRDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/60/plo_46-2025_-_alienacao_bens.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/60/plo_46-2025_-_alienacao_bens.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVERA ALIENAÇÃO DE BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/61/plo_47-2025_-_banco_de_horas.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/61/plo_47-2025_-_banco_de_horas.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE HORAS PARA SERVIDORES MUNICIPAIS QUE REALIZEM SERVIÇOS EXTRAORDINÁRIOS DE INTERESSE PÚBLICO EM CARÁTER EXCEPCIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/62/plo_48-2025_-_dos_direitos_da_crianca.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/62/plo_48-2025_-_dos_direitos_da_crianca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DO FUNDO MUNICIPAL DOS DIREITOS DA INFÂNCIA E DA ADOLESCÊNCIA – FIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/63/plo_49-2025_-_sim.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/63/plo_49-2025_-_sim.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL - SIM, DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO MUNICIPAL DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL, VEGETAL E BEBIDAS NO MUNICÍPIO DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/66/plo_50-2025_-_abertura_credito.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/66/plo_50-2025_-_abertura_credito.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO EXECUTIVO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICIPIO E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/67/plo_51-2025_-_ratifica_termo.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/67/plo_51-2025_-_ratifica_termo.pdf</t>
   </si>
   <si>
     <t>RATIFICA TERMO DE ACORDO EXTRAJUDICIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Gabinete da Vereadora Maila Diana Duffecky Werka - DUF</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/68/plo_52-2025_-_fumicultura.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/68/plo_52-2025_-_fumicultura.pdf</t>
   </si>
   <si>
     <t>DECLARA A FUMICULTURA COMO ATIVIDADE DE RELEVANTE INTERESSE ECONÔMICO, SOCIAL E CULTURAL NO ÂMBITO DO MUNICÍPIO DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., COM A GARANTIA DA UNIÃO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/72/plo_54-2025_-_ldo.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/72/plo_54-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO, AS METAS E OBJETIVOS DA ADMINISTRAÇÃO, SEUS RECURSOS FINANCEIROS E AS BASES PARA PREPARAÇÃO DO ORÇAMENTO PROGRAMA PARA O EXERCÍCIO DE 2026</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/74/plo_55-2025_-_casa_amizade.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/74/plo_55-2025_-_casa_amizade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DE DISPOSITIVO DE LEI MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/78/plo_56-2025_-_credito_suplementar.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/78/plo_56-2025_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/77/plo_60-2025_-_revoga_l1963.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/77/plo_60-2025_-_revoga_l1963.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVOGAÇÃO DE LEI MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ÂNGELA ROSKAMP, FABÍOLA CORREA, MAILA DUFFECKY, MARCELO CARVALHO, RAFAEL RAMOS JIENTARA, RICARDO TABORDA, VILSON TIBES</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no_01-2025_-_comissoes.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no_01-2025_-_comissoes.pdf</t>
   </si>
   <si>
     <t>Requer o Registro da Chapa de Candidatos como Membros das Comissões Técnicas – Anuênio 2025.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MAILA DUFFECKY</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_02-2025_-_maila_luz_poste.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_02-2025_-_maila_luz_poste.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a manutenção da iluminação pública próxima à residência do Sr. Osni Rodrigues dos Santos, na localidade de Arigolândia.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ERALDO LEMOS</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_03-2025_-_mao_convocacao.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_03-2025_-_mao_convocacao.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Secretário de Obras e Serviços Públicos, Sr. Luis Fernando Smentekoski, para prestar esclarecimentos sobre ações na pasta no Rodeio Grande, Passa Quatro e demais localidades.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ÂNGELA ROSKAMP</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_04-2025_-_angela_magisterio.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_04-2025_-_angela_magisterio.pdf</t>
   </si>
   <si>
     <t>Requer um levantamento dos impactos financeiros para o pagamento do piso do magistério e demais funcionários não impactados pela reforma administrativa.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_05-2025_-_maila_estrada_alto_canoinhas.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_05-2025_-_maila_estrada_alto_canoinhas.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a obstrução do acesso à Estrada do Alto Canoinhas e seus impactos no distrito de Residência Fuck.</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata de Sessão Legislativa</t>
   </si>
   <si>
     <t>Hassan de Souza Prestes</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/3/1-ata_posse_2025.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/3/1-ata_posse_2025.pdf</t>
   </si>
   <si>
     <t>ATA Nº 01/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 Sessão Solene de Posse dos Vereadores, Prefeito, Vice-Prefeito e Instalação da 16ª Legislatura</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/4/no_2-ata_se_01_-_09-01-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/4/no_2-ata_se_01_-_09-01-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 02/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 1ª Sessão Extraordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/5/no_3-ata_se_02_-_16-01-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/5/no_3-ata_se_02_-_16-01-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 03/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 2ª Sessão Extraordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/6/no_4-ata_se_03_-_20-01-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/6/no_4-ata_se_03_-_20-01-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 04/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 3ª Sessão Extraordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/7/no_5-ata_se_04_-_27-01-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/7/no_5-ata_se_04_-_27-01-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 05/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 4ª Sessão Extraordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/8/no_6-ata_so_01_-_03-02-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/8/no_6-ata_so_01_-_03-02-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 06/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 1ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/9/no_7-ata_so_02_-_10-02-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/9/no_7-ata_so_02_-_10-02-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 07/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 2ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/10/no_8-ata_so_03_-_17-02-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/10/no_8-ata_so_03_-_17-02-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 08/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 3ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/11/no_9-ata_so_04_-_24-02-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/11/no_9-ata_so_04_-_24-02-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 09/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 4ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/12/no_10-ata_so_05_-_05-03-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/12/no_10-ata_so_05_-_05-03-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 10/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 5ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/13/no_11-ata_so_06_-_10-03-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/13/no_11-ata_so_06_-_10-03-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 11/2025 – 16ª LEGISLATURA_x000D_
 _x000D_
 6ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/34/no_12-ata_so_07_-_17-03-25.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/34/no_12-ata_so_07_-_17-03-25.pdf</t>
   </si>
   <si>
     <t>ATA Nº 12/2025 – 16ª LEGISLATURA 7ª Sessão Ordinária da Câmara Municipal de Monte Castelo - Santa Catarina</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MARCELO CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/14/ind_no_01-2025_-_marcelo_-_bueiro.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/14/ind_no_01-2025_-_marcelo_-_bueiro.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação de bueiro na estrada geral da localidade de Arigolândia.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>FABÍOLA CORREA</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/15/ind_no_02-2025_-_fabiola_-_ponto_onibus.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/15/ind_no_02-2025_-_fabiola_-_ponto_onibus.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de pontos de ônibus nas localidades de Rodeio Grande e Passa Quatro.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/16/ind_no_03-2025_-_fabiola_-_lombada.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/16/ind_no_03-2025_-_fabiola_-_lombada.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma lombada na Rua Otávio Xavier Rauen.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/17/ind_no_04-2025_-_maila_-_estrada_fechada.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/17/ind_no_04-2025_-_maila_-_estrada_fechada.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na estrada vicinal que liga Aterrado Alto ao Coqueiro, visando o trânsito do ônibus escolar.</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/18/ind_no_05-2025_-_maila_-_ps_rodeio.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/18/ind_no_05-2025_-_maila_-_ps_rodeio.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de mais assentos para usuários do Posto de Saúde do Rodeio Grande.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>RICARDO TABORDA</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/19/ind_no_06-2025_-_ricardo_-_melhorias_passa_quatro.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/19/ind_no_06-2025_-_ricardo_-_melhorias_passa_quatro.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na infraestrutura da localidade de Passa Quatro, incluindo instalação de lombada, término da pavimentação asfáltica e drenagem da via.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/20/ind_no_07-2025_-_ricardo_-_estrada_rio_da_serra.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/20/ind_no_07-2025_-_ricardo_-_estrada_rio_da_serra.pdf</t>
   </si>
   <si>
     <t>Solicita patrolamento na estrada geral da localidade do Rio da Serra.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/21/ind_no_08-2025_-_angela_-_rua_manoel.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/21/ind_no_08-2025_-_angela_-_rua_manoel.pdf</t>
   </si>
   <si>
     <t>Solicita reparos e melhorias nas calçadas e na rua localizada aos fundos da E.E.B. Manoel Ribeiro, bem como a reinstalação das placas de sinalização de trânsito.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/22/ind_no_09-2025_-_angela_-_placas_indicativas.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/22/ind_no_09-2025_-_angela_-_placas_indicativas.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas indicativas das comunidades do interior localizadas às margens da BR-116.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/23/ind_no_10-2025_-_mao_-_estrada_nova.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/23/ind_no_10-2025_-_mao_-_estrada_nova.pdf</t>
   </si>
   <si>
     <t>Solicita o patrolamento das vias da localidade de Estrada Nova.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_complementar_01-2025.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_complementar_01-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO E ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_complementar_02-2025_-_vencimentos.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_complementar_02-2025_-_vencimentos.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO II, DA LEI COMPLEMENTAR MUNICIPAL N. 62/2024, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/30/plc_03_quadro_de_pessoal.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/30/plc_03_quadro_de_pessoal.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O QUADRO DE PESSOAL DO PODER EXECUTIVO MUNICIPAL, APROVA CONCEITOS, ESTABELECE NORMAS DE DIREITO ADMINISTRATIVO APLICADAS À ADMINISTRAÇÃO DE PESSOAL, DEFINE O REGIME JURÍDICO E PREVIDENCIÁRIO DOS SERVIDORES, REGULAMENTA O PLANO DE CARREIRA, DISCIPLINA AS CONTRATAÇÕES TEMPORÁRIAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/41/plc_05_tec_informatica.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/41/plc_05_tec_informatica.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 303 DA LEI COMPLEMENTAR MUNICIPAL N° 02, DE 20 DE DEZEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/55/plc_07_2025_-_alteracao_app_plano_diretor.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/55/plc_07_2025_-_alteracao_app_plano_diretor.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI COMPLEMENTAR MUNICIPAL N° 056, DE 12 DE ABRIL DE 2022, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/56/plc_08_2025_-_magisterio.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/56/plc_08_2025_-_magisterio.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O QUADRO DE PESSOAL E O PLANO DE CARREIRA DOS SERVIDORES DA EDUCAÇÃO DO MUNICÍPIO DE MONTE CASTELO E DA OUTRAS_x000D_
 PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/57/plc_09_2025_-_criacao_de_cargo.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/57/plc_09_2025_-_criacao_de_cargo.pdf</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/58/plc_10_2025_-_refis.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/58/plc_10_2025_-_refis.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE MONTE CASTELO/SC - REFIS MUNICIPAL 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/64/plc_11_prorroga_plano_edu.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/64/plc_11_prorroga_plano_edu.pdf</t>
   </si>
   <si>
     <t>PRORROGA A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO DE MONTE CASTELO APROVADO PELA LEI MUNICIPAL N° 2.367, DE 16 DE JUNHO DE 2015</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/65/plc_12_revoga_refis.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/65/plc_12_revoga_refis.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI COMPLEMENTAR MUNICIPAL N° 79, DE 15 DE JULHO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/69/plc_13_reduz_carga.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/69/plc_13_reduz_carga.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DE CARGA HORÁRIA DE CARGOS NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/70/plc_14_magisterio.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/70/plc_14_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CARGOS, A CARREIRA E O SISTEMA DE REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE MONTE CASTELO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/75/plc_15_ampliacao_carga_horaria.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/75/plc_15_ampliacao_carga_horaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DE CARGA HORÁRIA DE CARGO NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/76/plc_16_carteira_motorista.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/76/plc_16_carteira_motorista.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA CATEGORIA CARTEIRA NACIONAL DE HABILITAÇÃO - CNH EXIGIDA PARA O CARGO DE MOTORISTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_resolucao_2025_01_-_cidadao_honorario.pdf</t>
+    <t>http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_resolucao_2025_01_-_cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE MONTE CASTELO AO SR. JORGE PIAS RAINESKI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1132,68 +1132,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/36/plo_18-2025_-_fundo_habitacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/38/plo_30-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/39/plo_31-2025_-_conselho_economico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/40/plo_32-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/42/plo_33-2025_-_altera_lei_apae.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/43/plo_34-2025_-_institui_ppa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/44/plo_35-2025_-_legislativo_plo_03_-_revoga_lei_covid1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/45/plo_36-2025_-_abertura_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/46/plo_37-2025_-_concessao_de_incentivos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/48/plo_39-2025_-_ubs-pa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/49/plo_40-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/50/plo_41-2025_-_desapropriacao_amigavel.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/51/plo_42-2025_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/52/plo_43-2025_-_bolsa-auxilio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/59/plo_45-2025_-_brde_estrada_boa_rural.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/60/plo_46-2025_-_alienacao_bens.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/61/plo_47-2025_-_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/62/plo_48-2025_-_dos_direitos_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/63/plo_49-2025_-_sim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/66/plo_50-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/67/plo_51-2025_-_ratifica_termo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/68/plo_52-2025_-_fumicultura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/72/plo_54-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/74/plo_55-2025_-_casa_amizade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/78/plo_56-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/77/plo_60-2025_-_revoga_l1963.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no_01-2025_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_02-2025_-_maila_luz_poste.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_03-2025_-_mao_convocacao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_04-2025_-_angela_magisterio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_05-2025_-_maila_estrada_alto_canoinhas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/3/1-ata_posse_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/4/no_2-ata_se_01_-_09-01-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/5/no_3-ata_se_02_-_16-01-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/6/no_4-ata_se_03_-_20-01-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/7/no_5-ata_se_04_-_27-01-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/8/no_6-ata_so_01_-_03-02-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/9/no_7-ata_so_02_-_10-02-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/10/no_8-ata_so_03_-_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/11/no_9-ata_so_04_-_24-02-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/12/no_10-ata_so_05_-_05-03-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/13/no_11-ata_so_06_-_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/34/no_12-ata_so_07_-_17-03-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/14/ind_no_01-2025_-_marcelo_-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/15/ind_no_02-2025_-_fabiola_-_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/16/ind_no_03-2025_-_fabiola_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/17/ind_no_04-2025_-_maila_-_estrada_fechada.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/18/ind_no_05-2025_-_maila_-_ps_rodeio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/19/ind_no_06-2025_-_ricardo_-_melhorias_passa_quatro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/20/ind_no_07-2025_-_ricardo_-_estrada_rio_da_serra.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/21/ind_no_08-2025_-_angela_-_rua_manoel.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/22/ind_no_09-2025_-_angela_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/23/ind_no_10-2025_-_mao_-_estrada_nova.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_complementar_01-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_complementar_02-2025_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/30/plc_03_quadro_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/41/plc_05_tec_informatica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/55/plc_07_2025_-_alteracao_app_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/56/plc_08_2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/57/plc_09_2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/58/plc_10_2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/64/plc_11_prorroga_plano_edu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/65/plc_12_revoga_refis.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/69/plc_13_reduz_carga.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/70/plc_14_magisterio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/75/plc_15_ampliacao_carga_horaria.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/76/plc_16_carteira_motorista.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_resolucao_2025_01_-_cidadao_honorario.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/36/plo_18-2025_-_fundo_habitacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/38/plo_30-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/39/plo_31-2025_-_conselho_economico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/40/plo_32-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/42/plo_33-2025_-_altera_lei_apae.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/43/plo_34-2025_-_institui_ppa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/44/plo_35-2025_-_legislativo_plo_03_-_revoga_lei_covid1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/45/plo_36-2025_-_abertura_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/46/plo_37-2025_-_concessao_de_incentivos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/48/plo_39-2025_-_ubs-pa.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/49/plo_40-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/50/plo_41-2025_-_desapropriacao_amigavel.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/51/plo_42-2025_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/52/plo_43-2025_-_bolsa-auxilio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/59/plo_45-2025_-_brde_estrada_boa_rural.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/60/plo_46-2025_-_alienacao_bens.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/61/plo_47-2025_-_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/62/plo_48-2025_-_dos_direitos_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/63/plo_49-2025_-_sim.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/66/plo_50-2025_-_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/67/plo_51-2025_-_ratifica_termo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/68/plo_52-2025_-_fumicultura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/72/plo_54-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/74/plo_55-2025_-_casa_amizade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/78/plo_56-2025_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/77/plo_60-2025_-_revoga_l1963.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/24/requerimento_no_01-2025_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_02-2025_-_maila_luz_poste.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_03-2025_-_mao_convocacao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_04-2025_-_angela_magisterio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_05-2025_-_maila_estrada_alto_canoinhas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/3/1-ata_posse_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/4/no_2-ata_se_01_-_09-01-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/5/no_3-ata_se_02_-_16-01-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/6/no_4-ata_se_03_-_20-01-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/7/no_5-ata_se_04_-_27-01-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/8/no_6-ata_so_01_-_03-02-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/9/no_7-ata_so_02_-_10-02-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/10/no_8-ata_so_03_-_17-02-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/11/no_9-ata_so_04_-_24-02-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/12/no_10-ata_so_05_-_05-03-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/13/no_11-ata_so_06_-_10-03-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/34/no_12-ata_so_07_-_17-03-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/14/ind_no_01-2025_-_marcelo_-_bueiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/15/ind_no_02-2025_-_fabiola_-_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/16/ind_no_03-2025_-_fabiola_-_lombada.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/17/ind_no_04-2025_-_maila_-_estrada_fechada.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/18/ind_no_05-2025_-_maila_-_ps_rodeio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/19/ind_no_06-2025_-_ricardo_-_melhorias_passa_quatro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/20/ind_no_07-2025_-_ricardo_-_estrada_rio_da_serra.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/21/ind_no_08-2025_-_angela_-_rua_manoel.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/22/ind_no_09-2025_-_angela_-_placas_indicativas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/23/ind_no_10-2025_-_mao_-_estrada_nova.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_complementar_01-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_complementar_02-2025_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/30/plc_03_quadro_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/41/plc_05_tec_informatica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/55/plc_07_2025_-_alteracao_app_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/56/plc_08_2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/57/plc_09_2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/58/plc_10_2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/64/plc_11_prorroga_plano_edu.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/65/plc_12_revoga_refis.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/69/plc_13_reduz_carga.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/70/plc_14_magisterio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/75/plc_15_ampliacao_carga_horaria.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/76/plc_16_carteira_motorista.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecastelo.sc.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_resolucao_2025_01_-_cidadao_honorario.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="123.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>